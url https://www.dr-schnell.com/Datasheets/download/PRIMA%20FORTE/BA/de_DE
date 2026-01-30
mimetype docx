--- v0 (2025-10-24)
+++ v1 (2026-01-30)
@@ -603,108 +603,72 @@
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Gefahrauslöser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="5673" w:x="460" w:y="2519"/>
+        <w:framePr w:w="1521" w:x="460" w:y="2299"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
-        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Kaliumhydroxid;</w:t>
-[...35 lines deleted...]
-        <w:t>Kaliumsalz</w:t>
+        <w:t>Kaliumhydroxid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:framePr w:w="4566" w:x="3757" w:y="2844"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="246" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
@@ -792,92 +756,92 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>UMWELT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="820" w:x="2540" w:y="3539"/>
+        <w:framePr w:w="820" w:x="1760" w:y="3539"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Gefahr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10496" w:x="460" w:y="4279"/>
+        <w:framePr w:w="10876" w:x="460" w:y="4279"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Kann</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
@@ -939,245 +903,245 @@
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>sein.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Verursacht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>schwere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Gesundheitsschädlich</w:t>
-[...35 lines deleted...]
-        <w:t>Verschlucken.</w:t>
+        <w:t>Verätzungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Haut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>schwere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Augenschäden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Verursacht</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>schwere</w:t>
-      </w:r>
-[...70 lines deleted...]
-        <w:t>und</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10496" w:x="460" w:y="4279"/>
+        <w:framePr w:w="10876" w:x="460" w:y="4279"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Augenschäden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:framePr w:w="3112" w:x="460" w:y="4779"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
@@ -2874,4885 +2838,5155 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>meiden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Besondere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Lagerbedingungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>beachten.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
+        <w:framePr w:w="2040" w:x="1592" w:y="7299"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hygienevorschriften:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9405" w:x="1592" w:y="7519"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Bei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Arbeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>essen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>trinken,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>rauchen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Augen-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Hautkontakt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>sowie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Inhalation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>vermeiden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9405" w:x="1592" w:y="7519"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-[...227 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Persönliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Schutzausrüstung:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
+        <w:framePr w:w="9405" w:x="1592" w:y="7519"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Schutzbrille</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>dichtschließend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>mit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Seitenschildern</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>166).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Bei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Dampfbildung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>geeignetes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Atemschutzgerät</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>anlegen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
+        <w:framePr w:w="9405" w:x="1592" w:y="7519"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Schutzbrille</w:t>
-[...53 lines deleted...]
-        <w:t>Seitenschildern</w:t>
+        <w:t>Schutzhandschuhe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Butyl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(EN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>166).</w:t>
-[...89 lines deleted...]
-        <w:t>Atemschutzgerät</w:t>
+        <w:t>ISO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>374).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Schutzhandschuhe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Nitril</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ISO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>374).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
+        <w:framePr w:w="9405" w:x="1592" w:y="7519"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-[...227 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Beschränkungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>für</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Beschäftigte:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10115" w:x="1592" w:y="5539"/>
+        <w:framePr w:w="9836" w:x="1592" w:y="8619"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Nationale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Verordnungen/Gesetze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>zum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Jugendarbeitsschutz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>beachten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(insb.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>die</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>nationale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Implementierung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Richtlinie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9836" w:x="1592" w:y="8619"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...59 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>94/33/EG)!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9836" w:x="1592" w:y="8399"/>
+        <w:framePr w:w="3442" w:x="4319" w:y="9284"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="246" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="ffffff"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VERHALTEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="ffffff"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="ffffff"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>IM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="ffffff"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="ffffff"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>GEFAHRFALL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="9739"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-[...191 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Feuerlöschmittel:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wassersprühstrahl/Schaum/CO2/Trockenlöschmittel.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Keinen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasservollstrahl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>benutzen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Aufsaug-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9836" w:x="1592" w:y="8399"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="9739"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>94/33/EG)!</w:t>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Bindemittel,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Neutralisationsmittel:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Mit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>flüssigkeitsbindendem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(z.B.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Universalbindemittel,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Sand,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Kieselgur,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="3442" w:x="4319" w:y="9164"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="9739"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Sägemehl)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aufnehmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>gem.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Abschnitt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>entsorgen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Zusätzliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>technische</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Schutzmaßnahmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>persönliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="9739"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Schutzausrüstung:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Zündquellen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>entfernen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>rauchen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Augen-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Hautkontakt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>sowie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Inhalation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>vermeiden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ggf.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="9739"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Maßnahmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>zum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Explosionsschutz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>treffen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Gefährdete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Behälter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>mit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasser</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>kühlen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Notwendige</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Maßnahmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>gegen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="960" w:x="460" w:y="10741"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>NOTRUF:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="9964" w:x="1592" w:y="10839"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Umweltgefährdungen:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Nicht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>die</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Kanalisation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>gelangen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>lassen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Eindringen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>das</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Oberflächen-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>sowie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Grundwasser</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>als</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="2682" w:x="1592" w:y="11059"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>auch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>den</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Boden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>vermeiden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="1670" w:x="5205" w:y="11484"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="246" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>VERHALTEN</w:t>
+        <w:t>ERSTE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>IM</w:t>
-[...19 lines deleted...]
-        <w:t>GEFAHRFALL</w:t>
+        <w:t>HILFE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9854" w:x="1592" w:y="9619"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Augenkontakt:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Mit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>viel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasser</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>mehrere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Min.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...10 lines deleted...]
-          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>gründlich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Wassersprühstrahl/alkoholbest.</w:t>
-[...71 lines deleted...]
-        <w:t>benutzen.</w:t>
+        <w:t>spülen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>sofort</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Arzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>rufen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Datenblatt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>bereithalten.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Unverletztes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9854" w:x="1592" w:y="9619"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Auge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>schützen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Augenärztliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Nachkontrolle.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Aufsaug-</w:t>
-[...65 lines deleted...]
-        <w:t>Neutralisationsmittel:</w:t>
+        <w:t>Hautkontakt:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Mit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>viel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasser</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>flüssigkeitsbindendem</w:t>
-[...71 lines deleted...]
-        <w:t>Sand,</w:t>
+        <w:t>gründlich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>waschen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>verunreinigte,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>getränkte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9854" w:x="1592" w:y="9619"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
-[...16 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Sägemehl)</w:t>
-[...107 lines deleted...]
-        <w:t>entsorgen.</w:t>
+        <w:t>Kleidungsstücke</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...36 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>unverzüglich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>entfernen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Hautreizung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...36 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(Rötung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>etc.),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Arzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>konsultieren.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Nicht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>behandelte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Verätzungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9854" w:x="1592" w:y="9619"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>führen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>schwer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>heilenden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wunden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>persönliche</w:t>
-[...8 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>Einatmen:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Gefahrenbereich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>entfernen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Frischluft</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="on"/>
-[...96 lines deleted...]
-        <w:t>Augen-</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>zuführen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>und</w:t>
-      </w:r>
-[...52 lines deleted...]
-        <w:t>Inhalation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9854" w:x="1592" w:y="9619"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>je</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>nach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Symptomatik</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Arzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>konsultieren.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        <w:t>Ggf.</w:t>
+        <w:t>Verschlucken:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="on"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Mund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Maßnahmen</w:t>
-[...53 lines deleted...]
-        <w:t>treffen.</w:t>
+        <w:t>gründlich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>mit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasser</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Gefährdete</w:t>
+        <w:t>spülen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Kein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Erbrechen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Behälter</w:t>
-[...82 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>herbeiführen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="960" w:x="460" w:y="10621"/>
+        <w:framePr w:w="9895" w:x="1592" w:y="11939"/>
+        <w:widowControl w:val="off"/>
+        <w:autoSpaceDE w:val="off"/>
+        <w:autoSpaceDN w:val="off"/>
+        <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>viel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Wasser</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>trinken</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>geben,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>sofort</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Arzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aufsuchen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:framePr w:w="960" w:x="460" w:y="12941"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="179" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>NOTRUF:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="9734" w:x="1592" w:y="10719"/>
+        <w:framePr w:w="1060" w:x="1592" w:y="13379"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...231 lines deleted...]
-        <w:t>Oberflächen-</w:t>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ersthelfer:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="4592" w:x="1592" w:y="10939"/>
+        <w:framePr w:w="2271" w:x="1592" w:y="13639"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>sowie</w:t>
-[...125 lines deleted...]
-        <w:t>vermeiden.</w:t>
+        <w:t>Erste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Hilfe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Einrichtungen:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="1670" w:x="5205" w:y="11364"/>
+        <w:framePr w:w="3724" w:x="4178" w:y="14064"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="246" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ERSTE</w:t>
+        <w:t>SACHGERECHTE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="ffffff"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>HILFE</w:t>
+        <w:t>ENTSORGUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="on"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10024" w:x="1592" w:y="11819"/>
+        <w:framePr w:w="10516" w:x="460" w:y="14499"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
-          <w:b w:val="on"/>
-[...150 lines deleted...]
-        <w:t>Wasser</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Mit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>spülen,</w:t>
-[...89 lines deleted...]
-        <w:t>halten.</w:t>
+        <w:t>Tüchern</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Universalbindemittel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Augenärztliche</w:t>
+        <w:t>gründlich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aufnehmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Boden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>reinigen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Getränkte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>verunreinigte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Putzlappen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Papier</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>oder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10024" w:x="1592" w:y="11819"/>
+        <w:framePr w:w="10516" w:x="460" w:y="14499"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Nachkontrolle.</w:t>
-[...74 lines deleted...]
-        <w:t>Wasser</w:t>
+        <w:t>anderes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>organisches</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>stellt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>eine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Brandgefahr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>dar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Seife</w:t>
-[...89 lines deleted...]
-        <w:t>Kleidungsstücke</w:t>
+        <w:t>muss</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>kontrolliert</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>gesammelt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>entsorgt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>werden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10024" w:x="1592" w:y="11819"/>
+        <w:framePr w:w="10516" w:x="460" w:y="14499"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="19" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>unverzüglich</w:t>
-[...236 lines deleted...]
-        <w:t>je</w:t>
+        <w:t>Entsorgungsbehälter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Sammelstelle:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:framePr w:w="10024" w:x="1592" w:y="11819"/>
-[...1207 lines deleted...]
-        <w:framePr w:w="2561" w:x="460" w:y="15019"/>
+        <w:framePr w:w="2561" w:x="460" w:y="15359"/>
         <w:widowControl w:val="off"/>
         <w:autoSpaceDE w:val="off"/>
         <w:autoSpaceDN w:val="off"/>
         <w:spacing w:before="0" w:after="0" w:line="201" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Unterschrift</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
@@ -8237,65 +8471,65 @@
   <w:style w:type="paragraph" w:styleId="NoList" w:default="on">
     <w:name w:val="No List"/>
     <w:next w:val="NoList"/>
     <w:link w:val="Normal"/>
     <w:semiHidden w:val="on"/>
     <w:pPr/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>363</Words>
-  <Characters>3038</Characters>
+  <Words>374</Words>
+  <Characters>3104</Characters>
   <Application>Aspose</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Caption</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Aspose</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3344</CharactersWithSpaces>
+  <CharactersWithSpaces>3419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">Bu.Demirtas</dc:creator>
   <lastModifiedBy>Bu.Demirtas</lastModifiedBy>
   <revision>1</revision>
   <dcterms:created xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dcterms="http://purl.org/dc/terms/" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dcterms="http://purl.org/dc/terms/" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>